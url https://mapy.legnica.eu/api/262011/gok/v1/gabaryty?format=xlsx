--- v0 (2025-12-19)
+++ v1 (2026-03-03)
@@ -44,168 +44,168 @@
   <si>
     <t>dzien_zbiorki</t>
   </si>
   <si>
     <t>data_zbiorki_1</t>
   </si>
   <si>
     <t>data_zbiorki_2</t>
   </si>
   <si>
     <t>data_zbiorki_3</t>
   </si>
   <si>
     <t>data_zbiorki_4</t>
   </si>
   <si>
     <t>data_zbiorki_5</t>
   </si>
   <si>
     <t>data_zbiorki_6</t>
   </si>
   <si>
     <t>poniedziałek</t>
   </si>
   <si>
-    <t>2025-02-08</t>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2025-04-07</t>
+  </si>
+  <si>
+    <t>2025-06-02</t>
+  </si>
+  <si>
+    <t>2025-08-04</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>czwartek</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2025-04-10</t>
+  </si>
+  <si>
+    <t>2025-06-05</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>2025-10-09</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>wtorek</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>2025-06-03</t>
+  </si>
+  <si>
+    <t>2025-08-05</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>środa</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>piątek</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2025-04-11</t>
+  </si>
+  <si>
+    <t>2025-06-06</t>
+  </si>
+  <si>
+    <t>2025-08-08</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
   </si>
   <si>
     <t>2025-04-12</t>
   </si>
   <si>
     <t>2025-06-07</t>
   </si>
   <si>
     <t>2025-08-09</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>2025-12-08</t>
-  </si>
-[...100 lines deleted...]
-    <t>2025-12-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -548,54 +548,54 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
+        <v>6</v>
+      </c>
+      <c r="B2">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
@@ -606,54 +606,54 @@
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>19</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
+        <v>5</v>
+      </c>
+      <c r="B4">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>26</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
@@ -664,83 +664,83 @@
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>31</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5" t="s">
         <v>35</v>
       </c>
       <c r="I5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
+        <v>2</v>
+      </c>
+      <c r="B6">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>38</v>
       </c>
       <c r="E6" t="s">
         <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>40</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
       </c>
       <c r="I6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
+        <v>1</v>
+      </c>
+      <c r="B7">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>